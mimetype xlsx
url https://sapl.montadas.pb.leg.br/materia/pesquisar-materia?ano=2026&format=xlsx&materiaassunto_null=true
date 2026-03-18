--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -10,188 +10,518 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="156">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>José Romero Martins dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/8/plo_022.pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/8/plo_022.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial dos agentes comunitários de saúde e dos agentes de combate às endemias vigentes em 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/9/plo_032.pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/9/plo_032.pdf</t>
   </si>
   <si>
     <t>Fixa reajuste dos benefícios pagos pelo Instituto de Previdência do Município de Montadas – PB, Estado da Paraíba, a partir de 1º de janeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/10/plo_041.pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/10/plo_041.pdf</t>
   </si>
   <si>
     <t>Estabelece a data-base dos servidores efetivos do Município de Montadas e dá outras providências.</t>
   </si>
   <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/19/plo_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização do piso salarial para o magistério público municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/26/plo_06_2026_altera_lei_695_data_base_para_motorista_categotia_d_e_operador_de_maquinas_agricolas.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 695, de 21 de janeiro de 2026, para estabelecer data-base específica para os cargos de motorista Categoria D e Operador de Máquinas Agrícolas Pesadas.</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/27/plo_07_2026_reajuste_da_remuneracao_do_cargo_de_conselheiro_tutelar.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste da remuneração do cargo de Conselheiro Tutelar, de natureza eletiva, do Município de Montadas, Estado da Paraíba.</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/28/plo_08_2026_reajuste_vencimento_dos_servidores_publicos_efetivos_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste dos vencimentos dos servidores públicos efetivos do Município de Montadas, Estado da Paraíba, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/36/plo_09_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial na Lei Municipal nº 691, de 31 de dezembro de 2025, para os fins que especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/37/plo_10_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
     <t>11</t>
   </si>
   <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/38/plo_11_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/39/plo_12_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691.pdf</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/40/plo_13_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Eliane Artur, Junior</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/41/plo_14_2026_diarias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o regime de concessão de diárias aos Vereadores e Servidores da Câmara Municipal de Montadas, Estado da Paraíba, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Valdez</t>
   </si>
   <si>
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/11/req_01_2026_requer_do_poder_executivo_municipal_a_identificacao_da_garagem_municipal_do_municipio_de_montadaspb..pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/11/req_01_2026_requer_do_poder_executivo_municipal_a_identificacao_da_garagem_municipal_do_municipio_de_montadaspb..pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal a identificação da garagem municipal do município de Montadas/PB.</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/12/req_02_2026_requer_do_poder_executivo_municipal_a_instalacao_de_placa_de_identificacao_no_tanque_do_governo_do_municipio_de_montadaspb..pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/12/req_02_2026_requer_do_poder_executivo_municipal_a_instalacao_de_placa_de_identificacao_no_tanque_do_governo_do_municipio_de_montadaspb..pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal a instalação de placa de identificação no tanque do governo do município de Montadas/PB.</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/13/req_03_2026_requer_do_poder_executivo_municipal_a_realizacao_de_limpeza_no_tanque_do_governo_municipio_de_montadaspb.pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/13/req_03_2026_requer_do_poder_executivo_municipal_a_realizacao_de_limpeza_no_tanque_do_governo_municipio_de_montadaspb.pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal a realização de limpeza no tanque do governo município de Montadas/PB</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>Katia Silva</t>
   </si>
   <si>
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/14/req_04_2026_solicita_ao_poder_executivo_municipal_a_implantacao_de_quebra-molas.pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/14/req_04_2026_solicita_ao_poder_executivo_municipal_a_implantacao_de_quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a implantação de quebra-molas na Rua José Cirino da Silva, nas proximidades da residência do senhor Basto Dodô, na cidade de Montadas-PB.</t>
   </si>
   <si>
-    <t>6</t>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Eliane Artur</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/15/req_05_2026_solicita_autorizacao_do_plenario_para_a_realizacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicita autorização do Plenário para a realização de Sessões Ordinárias Itinerantes nas comunidades do município.</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Helium</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/20/req_06_2026_requer_que_seja_disponibilizado_um_transporte_para_que_os_alunos_possam_ser_conduzidos_ate_a_escola_lrineu_jose_de_maria.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal de Montadas/PB a disponibilização de transporte escolar para os alunos da Escola Municipal Irineu José de Maria, localizada na comunidade de Manguape, zona rural do Município.</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/21/req_07_2026_requer_do_poder_executivo_municipal_a_implantacao_de_sistema_de_ponto_eletronico_na_garagem_municipal_do_municipio_de_montadas.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo Municipal a implantação de sistema de ponto eletrônico na Garagem Municipal do Município de Montadas/PB.</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/22/req_08_2026_solicita_ao_poder_executivo_municipal_a_requalificacao_e_adequacao_do_ref.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a requalificação e adequação do refeitório e alojamento destinados aos servidores motoristas da Garagem Municipal José Augusto (Fifita), no Município de Montadas-PB.</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/23/req_09_2026_requer_que_instale_as_anilhas_no_corrego_de_agua_do_sr._antonio_napoliao.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a implantação das anilhas já adquiridas para instalação no córrego localizado em propriedade do Senhor Antônio Napoleão, no Município de Montadas-PB.</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/24/req_10_2026_requer_que_instale_lampadas_de_400_whts_metalicas_nas_vias_publicas..pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a implantação de lâmpadas metálicas de 400 watts nos postes de iluminação pública do Município de Montadas-PB.</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/25/req_11_2026_requer_a_limpesa_das_margens_da_pb_115_da_barragem_ao_trevo..pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a realização de limpeza das margens da PB-115, no trecho compreendido entre a entrada da cidade de Montadas-PB, incluindo as margens da barragem, até o trevo que interliga os Municípios de Pocinhos e Areial.</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Daguia</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/29/req_12_2026_requer_a_cobertura_do_patio_e_elevacao_do_muro_da_creche_fernando_antonio_de_souza..pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a cobertura do pátio da Creche Municipal Fernando Antônio de Souza, bem como a elevação do muro com a instalação de tela de proteção, no Município de Montadas-PB.</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Damião do Povo</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/30/req_13_2026_solicita_instituicao_do_regime_de_ressarcimento_de_despesas_com_alimentacao_para_os_motoristas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a instituição do regime de ressarcimento de despesas com alimentação para os motoristas que realizam viagens de longa distância a serviço do Município.</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/31/req_14_2026_solicita_a_construcao_de_02_dois_redutores_de_velocidade_quebra-molas_na_rua_pilar_da_conceicao.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal e à Secretaria de Infraestrutura a construção de 02 (dois) redutores de velocidade (quebra-molas) na Rua Pilar da Conceição, neste município.</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/32/req_15_2026_solicita_a_abertura_do_complexo_esportivo_alvaro_gaudencio_filho_aos_domingos_no_turno_da_tarde_para_a_pratica_de_caminhadas_e.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a abertura do Complexo Esportivo Álvaro Gaudêncio Filho aos domingos no turno da tarde, para a prática de caminhadas e atividades esportivas pela população.</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/33/req_16_2026_solicita_a_aquisicao_e_instalacao_de_uma_caixa_dagua_aos_moradores_da_comunidade_manguape..pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a aquisição e instalação de uma caixa d’água com capacidade de 10.000 (dez mil) litros para atender aos moradores da Comunidade Manguape.</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/34/req_17_2026_solicita_a_realizacao_de_servicos_de_poda_de_arvores_e_rocagem_de_vegetacao_em_todas_as_estradas_vicinais_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal e à Secretaria de Infraestrutura a realização de serviços de poda de árvores e roçagem de vegetação em todas as estradas vicinais do município de Montadas-PB.</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Eliane Artur, Junior, Marcos Justino, Yuri Veríssimo</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/16/projeto_de_resolucao_no_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Constitui as Comissões Permanentes e forma os blocos parlamentares.</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/17/projeto_de_resolucap_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Reajusta os vencimentos dos cargos em comissão da Câmara Municipal de Montadas, estado da Paraíba.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/18/pres_n1.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Ouvidoria da Câmara Municipal de Montadas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/35/plom_01_2026_instituir_o_processo_legislativo_eletronico..pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta os §§ 1º e 2º ao artigo 40 da Lei Orgânica do Município de Montadas, para instituir o processo legislativo eletrônico (PLE) e a assinatura digital de documentos no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/6/veto_01_2026_ahm.pdf</t>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/6/veto_01_2026_ahm.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei nº 41/2025 de autoria do Poder Legislativo Municipal que “reconhece como Serviço de Utilidade Pública Municipal o Arquivo Histórico de Montadas”.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>Eliane Artur, Junior, Katia Silva, Marcos Justino, Yuri Veríssimo</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/45/01._emenda_a_plo_06_2026_data_base.pdf</t>
+  </si>
+  <si>
+    <t>Inclui o cargo de Motorista Categoria C entre aqueles com data-base fixada no mês de março, no âmbito do Projeto de Lei nº 06/2026.</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>PCCJC</t>
+  </si>
+  <si>
+    <t>Parecer Comissão de Constituição, Justiça e Cidada</t>
+  </si>
+  <si>
+    <t>Yuri Veríssimo, Katia Silva, Valdez</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/42/06.03.2026_-_parecer_-_ccj_no_01.2026_-_plo_06.pdf</t>
+  </si>
+  <si>
+    <t>Da Comissão de Constituição, Justiça e Cidadania (CCJC) alusiva ao Projeto de Lei nº 06/2026, de autoria do Chefe do Poder Executivo, que altera a Lei Municipal nº 695, de 21 de janeiro de 2026, para estabelecer data-base específica para os cargos de Motorista Categoria D e Operador de Máquinas Agrícolas Pesadas.</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>PCOM</t>
+  </si>
+  <si>
+    <t>Parecer Comissões</t>
+  </si>
+  <si>
+    <t>Damião do Povo, Katia Silva, Valdez, Yuri Veríssimo</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/43/06.03.2026_-_parecer_-_ccj-cof_no_01.2026_-_plo_07.pdf</t>
+  </si>
+  <si>
+    <t>Da Comissão de Constituição, Justiça e Cidadania (CCJC) e da Comissão de Orçamento e Finanças (COF) sobre o Projeto de Lei nº 07, de 23 de fevereiro de 2026, que dispõe sobre o reajuste da remuneração do cargo de Conselheiro Tutelar, de natureza eletiva, do Município de Montadas, Estado da Paraíba.</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/44/06.03.2026_-_parecer_-_ccj-cof_no_02.2026_-_plo_08.pdf</t>
+  </si>
+  <si>
+    <t>Da Comissão de Constituição, Justiça e Cidadania (CCJC) e da Comissão de Orçamento e Finanças (COF) sobre o projeto de lei nº 08/2026, que dispõe sobre o reajuste dos vencimentos dos servidores públicos efetivos do Município de Montadas e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -495,69 +825,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/8/plo_022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/9/plo_032.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/10/plo_041.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/11/req_01_2026_requer_do_poder_executivo_municipal_a_identificacao_da_garagem_municipal_do_municipio_de_montadaspb..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/12/req_02_2026_requer_do_poder_executivo_municipal_a_instalacao_de_placa_de_identificacao_no_tanque_do_governo_do_municipio_de_montadaspb..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/13/req_03_2026_requer_do_poder_executivo_municipal_a_realizacao_de_limpeza_no_tanque_do_governo_municipio_de_montadaspb.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/14/req_04_2026_solicita_ao_poder_executivo_municipal_a_implantacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/6/veto_01_2026_ahm.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/8/plo_022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/9/plo_032.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/10/plo_041.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/19/plo_05_2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/26/plo_06_2026_altera_lei_695_data_base_para_motorista_categotia_d_e_operador_de_maquinas_agricolas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/27/plo_07_2026_reajuste_da_remuneracao_do_cargo_de_conselheiro_tutelar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/28/plo_08_2026_reajuste_vencimento_dos_servidores_publicos_efetivos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/36/plo_09_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/37/plo_10_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/38/plo_11_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/39/plo_12_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/40/plo_13_autoriza_a_abertura_de_credito_especial_na_lei_municipal_no_691_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/41/plo_14_2026_diarias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/11/req_01_2026_requer_do_poder_executivo_municipal_a_identificacao_da_garagem_municipal_do_municipio_de_montadaspb..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/12/req_02_2026_requer_do_poder_executivo_municipal_a_instalacao_de_placa_de_identificacao_no_tanque_do_governo_do_municipio_de_montadaspb..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/13/req_03_2026_requer_do_poder_executivo_municipal_a_realizacao_de_limpeza_no_tanque_do_governo_municipio_de_montadaspb.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/14/req_04_2026_solicita_ao_poder_executivo_municipal_a_implantacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/15/req_05_2026_solicita_autorizacao_do_plenario_para_a_realizacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/20/req_06_2026_requer_que_seja_disponibilizado_um_transporte_para_que_os_alunos_possam_ser_conduzidos_ate_a_escola_lrineu_jose_de_maria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/21/req_07_2026_requer_do_poder_executivo_municipal_a_implantacao_de_sistema_de_ponto_eletronico_na_garagem_municipal_do_municipio_de_montadas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/22/req_08_2026_solicita_ao_poder_executivo_municipal_a_requalificacao_e_adequacao_do_ref.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/23/req_09_2026_requer_que_instale_as_anilhas_no_corrego_de_agua_do_sr._antonio_napoliao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/24/req_10_2026_requer_que_instale_lampadas_de_400_whts_metalicas_nas_vias_publicas..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/25/req_11_2026_requer_a_limpesa_das_margens_da_pb_115_da_barragem_ao_trevo..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/29/req_12_2026_requer_a_cobertura_do_patio_e_elevacao_do_muro_da_creche_fernando_antonio_de_souza..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/30/req_13_2026_solicita_instituicao_do_regime_de_ressarcimento_de_despesas_com_alimentacao_para_os_motoristas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/31/req_14_2026_solicita_a_construcao_de_02_dois_redutores_de_velocidade_quebra-molas_na_rua_pilar_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/32/req_15_2026_solicita_a_abertura_do_complexo_esportivo_alvaro_gaudencio_filho_aos_domingos_no_turno_da_tarde_para_a_pratica_de_caminhadas_e.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/33/req_16_2026_solicita_a_aquisicao_e_instalacao_de_uma_caixa_dagua_aos_moradores_da_comunidade_manguape..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/34/req_17_2026_solicita_a_realizacao_de_servicos_de_poda_de_arvores_e_rocagem_de_vegetacao_em_todas_as_estradas_vicinais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/16/projeto_de_resolucao_no_01_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/17/projeto_de_resolucap_02-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/18/pres_n1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/35/plom_01_2026_instituir_o_processo_legislativo_eletronico..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/6/veto_01_2026_ahm.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/45/01._emenda_a_plo_06_2026_data_base.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/42/06.03.2026_-_parecer_-_ccj_no_01.2026_-_plo_06.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/43/06.03.2026_-_parecer_-_ccj-cof_no_01.2026_-_plo_07.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montadas.pb.leg.br/media/sapl/public/materialegislativa/2026/44/06.03.2026_-_parecer_-_ccj-cof_no_02.2026_-_plo_08.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="159.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="46.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="56.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="213.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -631,179 +961,1016 @@
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...19 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...14 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B8" t="s">
-[...11 lines deleted...]
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
         <v>44</v>
       </c>
-      <c r="H9" t="s">
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>45</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H12" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H15" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" t="s">
+        <v>60</v>
+      </c>
+      <c r="F16" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H17" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H18" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H19" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" t="s">
+        <v>76</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" t="s">
+        <v>60</v>
+      </c>
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H21" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" t="s">
+        <v>60</v>
+      </c>
+      <c r="F22" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H22" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" t="s">
+        <v>60</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H23" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" t="s">
+        <v>68</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H24" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>45</v>
+      </c>
+      <c r="D25" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F25" t="s">
+        <v>68</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H25" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>94</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>48</v>
+      </c>
+      <c r="D26" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" t="s">
+        <v>60</v>
+      </c>
+      <c r="F26" t="s">
+        <v>95</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H26" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" t="s">
+        <v>60</v>
+      </c>
+      <c r="F27" t="s">
+        <v>99</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H27" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>102</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>54</v>
+      </c>
+      <c r="D28" t="s">
+        <v>59</v>
+      </c>
+      <c r="E28" t="s">
+        <v>60</v>
+      </c>
+      <c r="F28" t="s">
+        <v>99</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H28" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>105</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
+        <v>60</v>
+      </c>
+      <c r="F29" t="s">
+        <v>61</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H29" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>108</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>109</v>
+      </c>
+      <c r="D30" t="s">
+        <v>59</v>
+      </c>
+      <c r="E30" t="s">
+        <v>60</v>
+      </c>
+      <c r="F30" t="s">
+        <v>61</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H30" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>112</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>113</v>
+      </c>
+      <c r="D31" t="s">
+        <v>59</v>
+      </c>
+      <c r="E31" t="s">
+        <v>60</v>
+      </c>
+      <c r="F31" t="s">
+        <v>61</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H31" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>109</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>58</v>
+      </c>
+      <c r="D32" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" t="s">
+        <v>118</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H32" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>113</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H33" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>123</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>116</v>
+      </c>
+      <c r="E34" t="s">
+        <v>117</v>
+      </c>
+      <c r="F34" t="s">
+        <v>72</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H34" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>126</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>58</v>
+      </c>
+      <c r="D35" t="s">
+        <v>127</v>
+      </c>
+      <c r="E35" t="s">
+        <v>128</v>
+      </c>
+      <c r="F35" t="s">
+        <v>118</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H35" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>58</v>
+      </c>
+      <c r="D36" t="s">
+        <v>131</v>
+      </c>
+      <c r="E36" t="s">
+        <v>132</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H36" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>135</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>58</v>
+      </c>
+      <c r="D37" t="s">
+        <v>136</v>
+      </c>
+      <c r="E37" t="s">
+        <v>137</v>
+      </c>
+      <c r="F37" t="s">
+        <v>138</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H37" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>141</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>58</v>
+      </c>
+      <c r="D38" t="s">
+        <v>142</v>
+      </c>
+      <c r="E38" t="s">
+        <v>143</v>
+      </c>
+      <c r="F38" t="s">
+        <v>144</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H38" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>147</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>58</v>
+      </c>
+      <c r="D39" t="s">
+        <v>148</v>
+      </c>
+      <c r="E39" t="s">
+        <v>149</v>
+      </c>
+      <c r="F39" t="s">
+        <v>150</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H39" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>153</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>148</v>
+      </c>
+      <c r="E40" t="s">
+        <v>149</v>
+      </c>
+      <c r="F40" t="s">
+        <v>150</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H40" t="s">
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>